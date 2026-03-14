--- v0 (2026-01-18)
+++ v1 (2026-03-14)
@@ -117,51 +117,51 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:r>
       <w:rPr/>
-      <w:t xml:space="preserve">Transcribir Audio a Texto [AUTOMÁTICO] Online Gratis - Herramienta 100 Gratuita..mp4 (Completed: 09/05/2024)</w:t>
+      <w:t xml:space="preserve">Transcribir Audio a Texto [AUTOMÁTICO] Online Gratis - Herramienta 100 Gratuita.mp4 (Completed: 09/05/2024)</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:tabs>
         <w:tab w:val="right" w:leader="none" w:pos="9000"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr/>
       <w:t xml:space="preserve">Transcript by </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">GoTranscript.com</w:t>
       </w:r>
     </w:hyperlink>
     <w:r>
       <w:rPr/>
       <w:t xml:space="preserve">	</w:t>
@@ -177,51 +177,51 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:tabs>
         <w:tab w:val="right" w:leader="none" w:pos="9000"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr/>
-      <w:t xml:space="preserve">This transcript was exported on 01/18/2026</w:t>
+      <w:t xml:space="preserve">This transcript was exported on 03/14/2026</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>